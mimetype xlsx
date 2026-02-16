--- v0 (2025-12-19)
+++ v1 (2026-02-16)
@@ -21,54 +21,54 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="🔥 3 ตัว (เลขดัง)" sheetId="1" r:id="rId3"/>
     <sheet name="🔥 2 บน (เลขดัง)" sheetId="2" r:id="rId4"/>
     <sheet name="🔥 2 ล่าง (เลขดัง)" sheetId="3" r:id="rId5"/>
     <sheet name="✅ 3 ตัว (ทั่วไป)" sheetId="4" r:id="rId6"/>
     <sheet name="✅ 2 บน (ทั่วไป)" sheetId="5" r:id="rId7"/>
     <sheet name="✅ 2 ล่าง (ทั่วไป)" sheetId="6" r:id="rId8"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5" uniqueCount="5">
   <si>
     <t>เลข</t>
   </si>
   <si>
     <t>เต็ง</t>
   </si>
   <si>
     <t>โต้ด/กลับ</t>
   </si>
   <si>
+    <t>สถานะ</t>
+  </si>
+  <si>
     <t>Tag (เลขดัง)</t>
-  </si>
-[...1 lines deleted...]
-    <t>ตำแหน่ง</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>